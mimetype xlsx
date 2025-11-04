--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra483323b99a44a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa0fc609dfec43f0bf0e1d1fa0bfeeaf.psmdcp" Id="R1d91b8a5828343af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dba73197c084c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/626845b93a0846da9fd394bbfc8b1359.psmdcp" Id="Rb93609f87a3a4c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CRC師資資料庫名單" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="591" uniqueCount="591">
   <x:si>
     <x:t xml:space="preserve">資料來源：CRC資訊網 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">匯出日期：2025/10/14 </x:t>
+    <x:t xml:space="preserve">匯出日期：2025/11/05 </x:t>
   </x:si>
   <x:si>
     <x:t>排序</x:t>
   </x:si>
   <x:si>
     <x:t>姓名</x:t>
   </x:si>
   <x:si>
     <x:t>服務單位及職稱</x:t>
   </x:si>
   <x:si>
     <x:t>可講授重點</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>師資專長</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>丁雁琪</x:t>
   </x:si>