--- v1 (2025-11-04)
+++ v2 (2025-11-28)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dba73197c084c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/626845b93a0846da9fd394bbfc8b1359.psmdcp" Id="Rb93609f87a3a4c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c7b581f95a4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6fa63d293f844c6897e152cd9d05126.psmdcp" Id="Rde7f2ec15ec5463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CRC師資資料庫名單" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="591" uniqueCount="591">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="641">
   <x:si>
     <x:t xml:space="preserve">資料來源：CRC資訊網 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">匯出日期：2025/11/05 </x:t>
+    <x:t xml:space="preserve">匯出日期：2025/11/29 </x:t>
   </x:si>
   <x:si>
     <x:t>排序</x:t>
   </x:si>
   <x:si>
     <x:t>姓名</x:t>
   </x:si>
   <x:si>
     <x:t>服務單位及職稱</x:t>
   </x:si>
   <x:si>
     <x:t>可講授重點</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>師資專長</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>丁雁琪</x:t>
   </x:si>
@@ -2126,50 +2126,235 @@
 3.公民權及自由權
 4.受照顧權
 5.教育休閒及文化權</x:t>
   </x:si>
   <x:si>
     <x:t>yuling59910@gmail.com</x:t>
   </x:si>
   <x:si>
     <x:t>129</x:t>
   </x:si>
   <x:si>
     <x:t>潘汝璧</x:t>
   </x:si>
   <x:si>
     <x:t>社團法人臺灣還我特色公園行動聯盟秘書長</x:t>
   </x:si>
   <x:si>
     <x:t>1.概論
 2.原則性條文（禁止歧視、兒童最佳
 利益、生存及發展權、尊重兒童意見）
 3.教育休閒及文化權
 4.兒童表意權</x:t>
   </x:si>
   <x:si>
     <x:t>rubypan@ppfcc.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>周大堯</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人台灣兒童暨家庭扶助基金會執行長</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.受照顧權                    
+2.特別保護措施</x:t>
+  </x:si>
+  <x:si>
+    <x:t>fund@ccf.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>徐瑜</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人良顯堂社會福利基金會執行長</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.受照顧權
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hsuyu@lst.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>陳慧勳</x:t>
+  </x:si>
+  <x:si>
+    <x:t>繼續前進原住民教育文化產業協會秘書長</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.兒童遊戲權
+4.兒童表意權
+5.親職關係落實CRC之實踐策略</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kg.lisa9@gmail.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>連穎</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人伊甸社會福利基金會雙福推動處處長室/處長</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eden6076@eden.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>田曉鳳</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人伊甸社會福利基金會 雙福推動處-福祉推動中心-主任</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.公約第12條、第13條-兒童表意權與參與</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eden8486@eden.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>林(火丁)偉</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人伊甸社會福利基金會    雙福推動處-CRPD實務研究中心-主任</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.以繪本做意識提升
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eden3714@eden.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>張智于</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人伊甸社會福利基金會 苗栗服務中心 主任</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.CRC於幼教領域實踐"
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eden1927@eden.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>林其蘭</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人伊甸社會福利基金會 小橘子非營利幼兒園-園長</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.公約第28條、融合教育與環境"
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eden7331@eden.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>鄒伶儷</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人伊甸社會福利基金會 鳳山早療中心 教保員</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.CRC於早療領域的實踐
+4.公約第12條、第13條-兒童表意權與參與"
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eden7470@eden.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>余美滿</x:t>
+  </x:si>
+  <x:si>
+    <x:t>財團法人伊甸社會福利基金會 屏北身心障礙服務者服務中心主任</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.概論
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見）
+3.受照顧權
+4.兒童最佳利益
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>eden0834@eden.org.tw</x:t>
+  </x:si>
+  <x:si>
+    <x:t>許家鳳</x:t>
+  </x:si>
+  <x:si>
+    <x:t>藝起畫工作室Together Ar</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.原則性條文（禁止歧視、生命發展 權、尊重意見）
+2.身心障礙者藝術教育
+3.表達性藝術與情緒支持
+4.公民社會參與與文化推廣
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>f961504@gmail.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>劉融諭</x:t>
+  </x:si>
+  <x:si>
+    <x:t>社團法人臺灣一滴優教育協會監事</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1.概論 
+2.原則性條文（禁止歧視、兒童最佳利益、生存及發展權、尊重兒童意見） 
+3.教育休閒及文化權 
+4.校園輔導管教落實原則性條文實務
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rongyuliu@edyouth.org</x:t>
+  </x:si>
+  <x:si>
+    <x:t>盧禹璁</x:t>
+  </x:si>
+  <x:si>
+    <x:t>嘉南藥理大學社會工作系助理教授</x:t>
+  </x:si>
+  <x:si>
+    <x:t>landman1118@gmail.com</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -2199,52 +2384,52 @@
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="1">
     <x:dxf/>
   </x:dxfs>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A2:F128" totalsRowShown="0">
-  <x:autoFilter ref="A2:F128"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A2:F141" totalsRowShown="0">
+  <x:autoFilter ref="A2:F141"/>
   <x:tableColumns count="6">
     <x:tableColumn id="1" name="排序" dataDxfId="0"/>
     <x:tableColumn id="2" name="姓名" dataDxfId="0"/>
     <x:tableColumn id="3" name="服務單位及職稱" dataDxfId="0"/>
     <x:tableColumn id="4" name="可講授重點" dataDxfId="0"/>
     <x:tableColumn id="5" name="Email" dataDxfId="0"/>
     <x:tableColumn id="6" name="師資專長" dataDxfId="0"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -2504,57 +2689,58 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:F128"/>
+  <x:dimension ref="A1:F141"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="2" width="9.165425" style="1" customWidth="1"/>
+    <x:col min="1" max="1" width="9.165425" style="1" customWidth="1"/>
+    <x:col min="2" max="2" width="12.330625" style="1" customWidth="1"/>
     <x:col min="3" max="3" width="74.100625" style="1" customWidth="1"/>
     <x:col min="4" max="4" width="125.410625" style="1" customWidth="1"/>
     <x:col min="5" max="5" width="50.910625" style="1" customWidth="1"/>
     <x:col min="6" max="6" width="13.775425" style="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="C1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:6">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C2" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D2" s="1" t="s">
@@ -4812,50 +4998,284 @@
       <x:c r="D127" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s"/>
     </x:row>
     <x:row r="128" spans="1:6">
       <x:c r="A128" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s"/>
+    </x:row>
+    <x:row r="129" spans="1:6">
+      <x:c r="A129" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="B129" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C129" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="D129" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="E129" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="F129" s="1" t="s"/>
+    </x:row>
+    <x:row r="130" spans="1:6">
+      <x:c r="A130" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="B130" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C130" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="D130" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="E130" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="F130" s="1" t="s"/>
+    </x:row>
+    <x:row r="131" spans="1:6">
+      <x:c r="A131" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="B131" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="C131" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D131" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E131" s="1" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="F131" s="1" t="s"/>
+    </x:row>
+    <x:row r="132" spans="1:6">
+      <x:c r="A132" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="B132" s="1" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="F132" s="1" t="s"/>
+    </x:row>
+    <x:row r="133" spans="1:6">
+      <x:c r="A133" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="B133" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s"/>
+    </x:row>
+    <x:row r="134" spans="1:6">
+      <x:c r="A134" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="B134" s="1" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s"/>
+    </x:row>
+    <x:row r="135" spans="1:6">
+      <x:c r="A135" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B135" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C135" s="1" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="D135" s="1" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="E135" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="F135" s="1" t="s"/>
+    </x:row>
+    <x:row r="136" spans="1:6">
+      <x:c r="A136" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="B136" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="E136" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s"/>
+    </x:row>
+    <x:row r="137" spans="1:6">
+      <x:c r="A137" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="B137" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="D137" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s"/>
+    </x:row>
+    <x:row r="138" spans="1:6">
+      <x:c r="A138" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="B138" s="1" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s"/>
+    </x:row>
+    <x:row r="139" spans="1:6">
+      <x:c r="A139" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="B139" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="E139" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s"/>
+    </x:row>
+    <x:row r="140" spans="1:6">
+      <x:c r="A140" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B140" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s"/>
+    </x:row>
+    <x:row r="141" spans="1:6">
+      <x:c r="A141" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="B141" s="1" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>