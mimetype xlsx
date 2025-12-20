--- v2 (2025-11-28)
+++ v3 (2025-12-20)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c7b581f95a4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6fa63d293f844c6897e152cd9d05126.psmdcp" Id="Rde7f2ec15ec5463a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779f58f70aa84f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45c250a7ac1a4bd29acb0aa815b2af4c.psmdcp" Id="R9b9cdc642d02401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CRC師資資料庫名單" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="641">
   <x:si>
     <x:t xml:space="preserve">資料來源：CRC資訊網 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">匯出日期：2025/11/29 </x:t>
+    <x:t xml:space="preserve">匯出日期：2025/12/20 </x:t>
   </x:si>
   <x:si>
     <x:t>排序</x:t>
   </x:si>
   <x:si>
     <x:t>姓名</x:t>
   </x:si>
   <x:si>
     <x:t>服務單位及職稱</x:t>
   </x:si>
   <x:si>
     <x:t>可講授重點</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>師資專長</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>丁雁琪</x:t>
   </x:si>