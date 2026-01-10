--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779f58f70aa84f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45c250a7ac1a4bd29acb0aa815b2af4c.psmdcp" Id="R9b9cdc642d02401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273abccf896641fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7377be681cb34160a382d3870c28484c.psmdcp" Id="R28670636d528447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CRC師資資料庫名單" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="641">
   <x:si>
     <x:t xml:space="preserve">資料來源：CRC資訊網 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">匯出日期：2025/12/20 </x:t>
+    <x:t xml:space="preserve">匯出日期：2026/01/10 </x:t>
   </x:si>
   <x:si>
     <x:t>排序</x:t>
   </x:si>
   <x:si>
     <x:t>姓名</x:t>
   </x:si>
   <x:si>
     <x:t>服務單位及職稱</x:t>
   </x:si>
   <x:si>
     <x:t>可講授重點</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>師資專長</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>丁雁琪</x:t>
   </x:si>