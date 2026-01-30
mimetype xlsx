--- v4 (2026-01-10)
+++ v5 (2026-01-30)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273abccf896641fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7377be681cb34160a382d3870c28484c.psmdcp" Id="R28670636d528447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73c8150ae71f4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/677f1826cc5247bd9bde8bdd21022e85.psmdcp" Id="Ra8168b640fc5447f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CRC師資資料庫名單" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="641">
   <x:si>
     <x:t xml:space="preserve">資料來源：CRC資訊網 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">匯出日期：2026/01/10 </x:t>
+    <x:t xml:space="preserve">匯出日期：2026/01/31 </x:t>
   </x:si>
   <x:si>
     <x:t>排序</x:t>
   </x:si>
   <x:si>
     <x:t>姓名</x:t>
   </x:si>
   <x:si>
     <x:t>服務單位及職稱</x:t>
   </x:si>
   <x:si>
     <x:t>可講授重點</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>師資專長</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>丁雁琪</x:t>
   </x:si>