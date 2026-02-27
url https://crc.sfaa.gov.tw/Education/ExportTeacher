--- v5 (2026-01-30)
+++ v6 (2026-02-27)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73c8150ae71f4e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/677f1826cc5247bd9bde8bdd21022e85.psmdcp" Id="Ra8168b640fc5447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0cedd5477524938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8bf5cbc83b44b1baf1f71fc8e41e65c.psmdcp" Id="R069afddcf30f4fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CRC師資資料庫名單" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="641">
   <x:si>
     <x:t xml:space="preserve">資料來源：CRC資訊網 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">匯出日期：2026/01/31 </x:t>
+    <x:t xml:space="preserve">匯出日期：2026/02/27 </x:t>
   </x:si>
   <x:si>
     <x:t>排序</x:t>
   </x:si>
   <x:si>
     <x:t>姓名</x:t>
   </x:si>
   <x:si>
     <x:t>服務單位及職稱</x:t>
   </x:si>
   <x:si>
     <x:t>可講授重點</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>師資專長</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>丁雁琪</x:t>
   </x:si>