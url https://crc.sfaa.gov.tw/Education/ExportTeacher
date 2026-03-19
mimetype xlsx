--- v6 (2026-02-27)
+++ v7 (2026-03-19)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0cedd5477524938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8bf5cbc83b44b1baf1f71fc8e41e65c.psmdcp" Id="R069afddcf30f4fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e86f1190484666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3f99735963049739337f71264a936be.psmdcp" Id="R93a634c20852435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CRC師資資料庫名單" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="641">
   <x:si>
     <x:t xml:space="preserve">資料來源：CRC資訊網 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">匯出日期：2026/02/27 </x:t>
+    <x:t xml:space="preserve">匯出日期：2026/03/20 </x:t>
   </x:si>
   <x:si>
     <x:t>排序</x:t>
   </x:si>
   <x:si>
     <x:t>姓名</x:t>
   </x:si>
   <x:si>
     <x:t>服務單位及職稱</x:t>
   </x:si>
   <x:si>
     <x:t>可講授重點</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>師資專長</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>丁雁琪</x:t>
   </x:si>